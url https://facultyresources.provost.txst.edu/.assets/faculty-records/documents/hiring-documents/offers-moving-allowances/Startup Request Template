--- v0 (2025-10-19)
+++ v1 (2025-12-04)
@@ -1,227 +1,228 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="23929"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\AA\FR\FR-Shares\Budget\Startup\Startup\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\nms86\Documents\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{1CABB843-0EF4-46E5-8AFA-17692ABB4ACA}" xr6:coauthVersionLast="46" xr6:coauthVersionMax="46" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{DAA5E964-39CD-43F7-9C26-C5E6615D190A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="57840" windowHeight="32040" tabRatio="992" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="992" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Request" sheetId="1" r:id="rId1"/>
     <sheet name="Research Plan" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Request!$A$1:$G$52</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:loext="http://schemas.libreoffice.org/" uri="{7626C862-2A13-11E5-B345-FEFF819CDC9F}">
       <loext:extCalcPr stringRefSyntax="ExcelA1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="D26" i="1" l="1"/>
+  <c r="D28" i="1" l="1"/>
+  <c r="E28" i="1"/>
+  <c r="F28" i="1"/>
+  <c r="C28" i="1"/>
+  <c r="E16" i="1"/>
+  <c r="D26" i="1"/>
   <c r="E26" i="1"/>
   <c r="F26" i="1"/>
   <c r="C26" i="1"/>
   <c r="C21" i="1" l="1"/>
   <c r="D21" i="1"/>
   <c r="E21" i="1"/>
   <c r="F21" i="1"/>
-  <c r="E16" i="1"/>
   <c r="C16" i="1"/>
   <c r="F16" i="1"/>
   <c r="D16" i="1"/>
-  <c r="F28" i="1" l="1"/>
-[...4 lines deleted...]
-  <c r="C34" i="1" s="1"/>
+  <c r="C35" i="1" l="1"/>
+  <c r="C34" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="37">
   <si>
     <t>Salaries</t>
   </si>
   <si>
     <t>General Guidelines:</t>
   </si>
   <si>
     <t>Equipment &amp; Software</t>
   </si>
   <si>
     <t>Supplies</t>
   </si>
   <si>
-    <t>Provost</t>
-[...1 lines deleted...]
-  <si>
     <t>Department</t>
   </si>
   <si>
     <t>Department Commitment</t>
   </si>
   <si>
     <t xml:space="preserve">Estimated Costs - Year 1 </t>
   </si>
   <si>
     <t>Estimated Costs - Year 2</t>
   </si>
   <si>
-    <t>(Only startup funded by Provost is included in faculty contract)</t>
-[...1 lines deleted...]
-  <si>
     <t>Category and Description</t>
   </si>
   <si>
     <t>Specific Purpose</t>
   </si>
   <si>
     <t>Faculty Name:</t>
   </si>
   <si>
     <t>Department/School:</t>
   </si>
   <si>
     <t>Post Doc</t>
   </si>
   <si>
     <t>GRA</t>
   </si>
   <si>
     <t>Summer Salary</t>
   </si>
   <si>
     <t>Is requested equipment currently available in the department or university?</t>
   </si>
   <si>
     <t>Where is available space to support purchases?</t>
   </si>
   <si>
-    <t>Texas State provides a variety of hardware and software resources for faculty.  Requests should not include standard computer equipment provided by the Computer Replacement Program or any resources already available at: http://www.tr.txstate.edu/services/catalog/software.html.</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Please provide a description of the research agenda that will be supported by this start-up request, including targeted funding agencies, publication outlets, and related goals. </t>
   </si>
   <si>
     <t xml:space="preserve">Rank: </t>
   </si>
   <si>
     <t xml:space="preserve">Please include a description of the research this startup funding will support in the tab labeled, Research Plan. </t>
   </si>
   <si>
     <t>Salary:</t>
   </si>
   <si>
     <t>Additional Commitments:</t>
   </si>
   <si>
     <t>Totals:</t>
   </si>
   <si>
-    <t>Provost Commitment</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Start-up Funds Expire: </t>
   </si>
   <si>
     <t xml:space="preserve">Post Doc and/or graduate research assistants may be included in significant packages with a lab component.  Graduate research assistant (GRA) funding is provided on a semester basis at the base rate of pay at 50% FTE.  Additional funding may be approved based on the development of a significant laboratory or field-based research program.  </t>
   </si>
   <si>
     <t xml:space="preserve">Hire Date: </t>
   </si>
   <si>
     <t>*The faculty member and chair/director attest that the mileage and size of household are an accurate assessment of the expected moving expense.</t>
   </si>
   <si>
-    <t>Startup funds are provided at the discretion of the Provost to help faculty obtain necessary equipment, supplies, and other items required to initiate a competitive research/scholary activity that will generate externally funded grants and/or contracts.  Funding is expected to be expended during the first three full fiscal years of employment.  AA/PPS No. 03.01.10 (5.04)</t>
-[...1 lines deleted...]
-  <si>
     <t>Subtotal:</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Moving Allowance/Department:</t>
+  </si>
+  <si>
+    <t>Research</t>
+  </si>
+  <si>
+    <t>Division of Research Commitment</t>
+  </si>
+  <si>
+    <t>(Only startup funded by the Division of Research is included in faculty contract)</t>
+  </si>
+  <si>
+    <t>Items not typically funded in DoR Startup:  Books, standing desks, training, travel, membership fees, and items unrelated to research.  These items may be funded by the department or college.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  The final approved startup package will be emailed to the chair/director in an excel spreadsheet labeled Dept Name_Faculty Last Name_Startup Approved.</t>
+  </si>
+  <si>
+    <t>Startup funds are provided at the discretion of the Division of Research to help faculty obtain necessary equipment, supplies, and other items required to initiate a competitive research/scholary activity that will generate externally funded grants and/or contracts.  Funding is expected to be expended during the first three full fiscal years of employment.  R/PPS No. 03.12 (03.06).  https://policies.txst.edu/division-policies/research/03-12.html</t>
+  </si>
+  <si>
+    <t>Texas State provides a variety of hardware and software resources for faculty.  Requests should not include standard computer equipment provided by the Computer Replacement Program or any resources already available at: https://services.txst.edu/TDClient/39/ITAC/Requests/ServiceDet?ID=620</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="1">
+  <numFmts count="2">
+    <numFmt numFmtId="6" formatCode="&quot;$&quot;#,##0_);[Red]\(&quot;$&quot;#,##0\)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
@@ -253,349 +254,330 @@
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
   </fonts>
-  <fills count="2">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
+        <bgColor indexed="64"/>
+      </patternFill>
     </fill>
   </fills>
   <borders count="3">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="double">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="9" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="33">
+  <cellXfs count="36">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="43" fontId="4" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="2" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" xfId="2" applyFont="1"/>
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="6" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="43" fontId="1" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="43" fontId="1" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="43" fontId="1" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Comma" xfId="2" builtinId="3"/>
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -734,1148 +716,1153 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:G53"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="I19" sqref="I19"/>
+    <sheetView tabSelected="1" topLeftCell="A4" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="D38" sqref="D38"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="35.140625" style="3" customWidth="1"/>
-    <col min="2" max="2" width="29" style="3" bestFit="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="6" max="6" width="16.28515625" style="19" customWidth="1"/>
+    <col min="2" max="2" width="39.28515625" style="3" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="15.42578125" style="15" customWidth="1"/>
+    <col min="4" max="4" width="17.140625" style="15" customWidth="1"/>
+    <col min="5" max="5" width="15.42578125" style="15" customWidth="1"/>
+    <col min="6" max="6" width="16.42578125" style="15" customWidth="1"/>
     <col min="7" max="7" width="59.42578125" style="2" customWidth="1"/>
     <col min="8" max="1024" width="11.42578125" style="1"/>
     <col min="1025" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="2" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="3" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
-        <v>24</v>
-      </c>
+        <v>20</v>
+      </c>
+      <c r="B3" s="23"/>
     </row>
     <row r="4" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="G4" s="18"/>
+        <v>11</v>
+      </c>
     </row>
     <row r="5" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-      <c r="G5" s="18"/>
+        <v>25</v>
+      </c>
+      <c r="B5" s="22"/>
     </row>
     <row r="6" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-      <c r="G6" s="18"/>
+        <v>23</v>
+      </c>
+      <c r="B6" s="22"/>
     </row>
     <row r="7" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="G7" s="18"/>
+        <v>29</v>
+      </c>
+      <c r="B7" s="23"/>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="G8" s="18"/>
+        <v>26</v>
+      </c>
     </row>
     <row r="11" spans="1:7" s="4" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="C11" s="20" t="s">
+      <c r="C11" s="16" t="s">
+        <v>6</v>
+      </c>
+      <c r="D11" s="16"/>
+      <c r="E11" s="16" t="s">
         <v>7</v>
       </c>
-      <c r="D11" s="20"/>
-      <c r="E11" s="20" t="s">
+      <c r="F11" s="16"/>
+      <c r="G11" s="8" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="9" t="s">
         <v>8</v>
       </c>
-      <c r="F11" s="20"/>
-[...9 lines deleted...]
-      <c r="C12" s="21" t="s">
+      <c r="B12" s="9"/>
+      <c r="C12" s="17" t="s">
+        <v>30</v>
+      </c>
+      <c r="D12" s="17" t="s">
         <v>4</v>
       </c>
-      <c r="D12" s="21" t="s">
-[...2 lines deleted...]
-      <c r="E12" s="21" t="s">
+      <c r="E12" s="17" t="s">
+        <v>30</v>
+      </c>
+      <c r="F12" s="17" t="s">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
       <c r="G12" s="5"/>
     </row>
     <row r="13" spans="1:7" s="4" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>14</v>
-[...10 lines deleted...]
-      <c r="F13" s="19">
+        <v>12</v>
+      </c>
+      <c r="C13" s="15">
+        <v>0</v>
+      </c>
+      <c r="D13" s="15">
+        <v>0</v>
+      </c>
+      <c r="E13" s="15">
+        <v>0</v>
+      </c>
+      <c r="F13" s="15">
         <v>0</v>
       </c>
       <c r="G13" s="2"/>
     </row>
     <row r="14" spans="1:7" s="4" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A14" s="3"/>
       <c r="B14" s="1" t="s">
-        <v>15</v>
-[...10 lines deleted...]
-      <c r="F14" s="19">
+        <v>13</v>
+      </c>
+      <c r="C14" s="15">
+        <v>0</v>
+      </c>
+      <c r="D14" s="15">
+        <v>0</v>
+      </c>
+      <c r="E14" s="15">
+        <v>0</v>
+      </c>
+      <c r="F14" s="15">
         <v>0</v>
       </c>
       <c r="G14" s="2"/>
     </row>
     <row r="15" spans="1:7" s="4" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A15" s="3"/>
       <c r="B15" s="1" t="s">
-        <v>16</v>
-[...10 lines deleted...]
-      <c r="F15" s="19">
+        <v>14</v>
+      </c>
+      <c r="C15" s="15">
+        <v>0</v>
+      </c>
+      <c r="D15" s="15">
+        <v>0</v>
+      </c>
+      <c r="E15" s="15">
+        <v>0</v>
+      </c>
+      <c r="F15" s="15">
         <v>0</v>
       </c>
       <c r="G15" s="2"/>
     </row>
     <row r="16" spans="1:7" s="4" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A16" s="3"/>
       <c r="B16" s="3" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="C16" s="22">
+        <v>27</v>
+      </c>
+      <c r="C16" s="18">
         <f>SUM(C13:C15)</f>
         <v>0</v>
       </c>
-      <c r="D16" s="22">
+      <c r="D16" s="18">
         <f>SUM(D13:D15)</f>
         <v>0</v>
       </c>
-      <c r="E16" s="22">
+      <c r="E16" s="18">
         <f>SUM(E13:E15)</f>
         <v>0</v>
       </c>
-      <c r="F16" s="22">
+      <c r="F16" s="18">
         <f>SUM(F13:F15)</f>
         <v>0</v>
       </c>
       <c r="G16" s="2"/>
     </row>
     <row r="17" spans="1:7" s="4" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A17" s="3"/>
       <c r="B17" s="1"/>
-      <c r="C17" s="19"/>
-[...2 lines deleted...]
-      <c r="F17" s="19"/>
+      <c r="C17" s="15"/>
+      <c r="D17" s="15"/>
+      <c r="E17" s="15"/>
+      <c r="F17" s="15"/>
       <c r="G17" s="1"/>
     </row>
     <row r="18" spans="1:7" s="4" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A18" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B18" s="1"/>
-      <c r="C18" s="19">
-[...8 lines deleted...]
-      <c r="F18" s="19">
+      <c r="C18" s="15">
+        <v>0</v>
+      </c>
+      <c r="D18" s="15">
+        <v>0</v>
+      </c>
+      <c r="E18" s="15">
+        <v>0</v>
+      </c>
+      <c r="F18" s="15">
         <v>0</v>
       </c>
       <c r="G18" s="1"/>
     </row>
     <row r="19" spans="1:7" s="4" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A19" s="3"/>
       <c r="B19" s="1"/>
-      <c r="C19" s="19">
-[...8 lines deleted...]
-      <c r="F19" s="19">
+      <c r="C19" s="15">
+        <v>0</v>
+      </c>
+      <c r="D19" s="15">
+        <v>0</v>
+      </c>
+      <c r="E19" s="15">
+        <v>0</v>
+      </c>
+      <c r="F19" s="15">
         <v>0</v>
       </c>
       <c r="G19" s="1"/>
     </row>
     <row r="20" spans="1:7" s="4" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A20" s="3"/>
       <c r="B20" s="1"/>
-      <c r="C20" s="19">
-[...8 lines deleted...]
-      <c r="F20" s="19">
+      <c r="C20" s="15">
+        <v>0</v>
+      </c>
+      <c r="D20" s="15">
+        <v>0</v>
+      </c>
+      <c r="E20" s="15">
+        <v>0</v>
+      </c>
+      <c r="F20" s="15">
         <v>0</v>
       </c>
       <c r="G20" s="1"/>
     </row>
     <row r="21" spans="1:7" s="4" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A21" s="3"/>
       <c r="B21" s="3" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="C21" s="22">
+        <v>27</v>
+      </c>
+      <c r="C21" s="18">
         <f>SUM(C18:C20)</f>
         <v>0</v>
       </c>
-      <c r="D21" s="22">
+      <c r="D21" s="18">
         <f>SUM(D18:D20)</f>
         <v>0</v>
       </c>
-      <c r="E21" s="22">
+      <c r="E21" s="18">
         <f>SUM(E18:E20)</f>
         <v>0</v>
       </c>
-      <c r="F21" s="22">
+      <c r="F21" s="18">
         <f>SUM(F18:F20)</f>
         <v>0</v>
       </c>
       <c r="G21" s="1"/>
     </row>
     <row r="22" spans="1:7" s="4" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A22" s="3"/>
       <c r="B22" s="3"/>
-      <c r="C22" s="23"/>
-[...2 lines deleted...]
-      <c r="F22" s="23"/>
+      <c r="C22" s="19"/>
+      <c r="D22" s="19"/>
+      <c r="E22" s="19"/>
+      <c r="F22" s="19"/>
       <c r="G22" s="1"/>
     </row>
     <row r="23" spans="1:7" s="4" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A23" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B23" s="3"/>
-      <c r="C23" s="24">
-[...11 lines deleted...]
-      <c r="G23" s="1"/>
+      <c r="C23" s="20">
+        <v>0</v>
+      </c>
+      <c r="D23" s="20">
+        <v>0</v>
+      </c>
+      <c r="E23" s="20">
+        <v>0</v>
+      </c>
+      <c r="F23" s="20">
+        <v>0</v>
+      </c>
+      <c r="G23" s="3"/>
     </row>
     <row r="24" spans="1:7" s="4" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A24" s="1"/>
       <c r="B24" s="3"/>
-      <c r="C24" s="24">
-[...8 lines deleted...]
-      <c r="F24" s="24">
+      <c r="C24" s="20">
+        <v>0</v>
+      </c>
+      <c r="D24" s="20">
+        <v>0</v>
+      </c>
+      <c r="E24" s="20">
+        <v>0</v>
+      </c>
+      <c r="F24" s="20">
         <v>0</v>
       </c>
       <c r="G24" s="1"/>
     </row>
     <row r="25" spans="1:7" s="4" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A25" s="1"/>
       <c r="B25" s="3"/>
-      <c r="C25" s="24">
-[...8 lines deleted...]
-      <c r="F25" s="24">
+      <c r="C25" s="20">
+        <v>0</v>
+      </c>
+      <c r="D25" s="20">
+        <v>0</v>
+      </c>
+      <c r="E25" s="20">
+        <v>0</v>
+      </c>
+      <c r="F25" s="20">
         <v>0</v>
       </c>
       <c r="G25" s="1"/>
     </row>
     <row r="26" spans="1:7" s="4" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A26" s="1"/>
       <c r="B26" s="3" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="C26" s="22">
+        <v>27</v>
+      </c>
+      <c r="C26" s="18">
         <f>SUM(C23:C25)</f>
         <v>0</v>
       </c>
-      <c r="D26" s="22">
+      <c r="D26" s="18">
         <f t="shared" ref="D26:F26" si="0">SUM(D23:D25)</f>
         <v>0</v>
       </c>
-      <c r="E26" s="22">
+      <c r="E26" s="18">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F26" s="22">
+      <c r="F26" s="18">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G26" s="1"/>
     </row>
     <row r="27" spans="1:7" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.2">
       <c r="A27" s="1"/>
       <c r="B27" s="1"/>
-      <c r="C27" s="19"/>
-[...2 lines deleted...]
-      <c r="F27" s="19"/>
+      <c r="C27" s="15"/>
+      <c r="D27" s="15"/>
+      <c r="E27" s="15"/>
+      <c r="F27" s="15"/>
       <c r="G27" s="1"/>
     </row>
     <row r="28" spans="1:7" s="4" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A28" s="1"/>
       <c r="B28" s="3" t="s">
-        <v>35</v>
-[...9 lines deleted...]
-      <c r="E28" s="25">
+        <v>28</v>
+      </c>
+      <c r="C28" s="21">
+        <f>C16+C21+C26</f>
+        <v>0</v>
+      </c>
+      <c r="D28" s="21">
+        <f t="shared" ref="D28:F28" si="1">D16+D21+D26</f>
+        <v>0</v>
+      </c>
+      <c r="E28" s="21">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="F28" s="25">
+      <c r="F28" s="21">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G28" s="1"/>
     </row>
     <row r="29" spans="1:7" s="4" customFormat="1" ht="16.5" thickTop="1" x14ac:dyDescent="0.2">
       <c r="A29" s="1"/>
       <c r="B29" s="3"/>
-      <c r="C29" s="23"/>
-[...2 lines deleted...]
-      <c r="F29" s="23"/>
+      <c r="C29" s="19"/>
+      <c r="D29" s="19"/>
+      <c r="E29" s="19"/>
+      <c r="F29" s="19"/>
       <c r="G29" s="1"/>
     </row>
     <row r="30" spans="1:7" s="4" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A30" s="1"/>
       <c r="B30" s="3"/>
-      <c r="C30" s="23"/>
-[...2 lines deleted...]
-      <c r="F30" s="23"/>
+      <c r="C30" s="19"/>
+      <c r="D30" s="19"/>
+      <c r="E30" s="19"/>
+      <c r="F30" s="19"/>
       <c r="G30" s="1"/>
     </row>
     <row r="31" spans="1:7" s="4" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A31" s="3" t="s">
-        <v>25</v>
-[...5 lines deleted...]
-      <c r="F31" s="23"/>
+        <v>21</v>
+      </c>
+      <c r="C31" s="19"/>
+      <c r="D31" s="19"/>
+      <c r="E31" s="19"/>
+      <c r="F31" s="19"/>
       <c r="G31" s="1"/>
     </row>
     <row r="32" spans="1:7" s="4" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A32" s="1"/>
       <c r="B32" s="3"/>
-      <c r="C32" s="23"/>
-[...2 lines deleted...]
-      <c r="F32" s="23"/>
+      <c r="C32" s="19"/>
+      <c r="D32" s="19"/>
+      <c r="E32" s="19"/>
+      <c r="F32" s="19"/>
       <c r="G32" s="1"/>
     </row>
     <row r="33" spans="1:7" s="4" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A33" s="1"/>
       <c r="B33" s="3"/>
-      <c r="C33" s="23"/>
-[...2 lines deleted...]
-      <c r="F33" s="23"/>
+      <c r="C33" s="19"/>
+      <c r="D33" s="19"/>
+      <c r="E33" s="19"/>
+      <c r="F33" s="19"/>
       <c r="G33" s="1"/>
     </row>
     <row r="34" spans="1:7" s="4" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A34" s="3" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="C34" s="23">
+        <v>31</v>
+      </c>
+      <c r="C34" s="19">
         <f>C28+E28</f>
         <v>0</v>
       </c>
-      <c r="D34" s="23" t="s">
-[...3 lines deleted...]
-      <c r="F34" s="23"/>
+      <c r="D34" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="E34" s="19"/>
+      <c r="F34" s="19"/>
       <c r="G34" s="1"/>
     </row>
     <row r="35" spans="1:7" s="4" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A35" s="1"/>
       <c r="B35" s="3" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="C35" s="23">
+        <v>5</v>
+      </c>
+      <c r="C35" s="19">
         <f>D28+F28</f>
         <v>0</v>
       </c>
-      <c r="D35" s="23"/>
-[...1 lines deleted...]
-      <c r="F35" s="23"/>
+      <c r="D35" s="19"/>
+      <c r="E35" s="19"/>
+      <c r="F35" s="19"/>
       <c r="G35" s="1"/>
     </row>
     <row r="36" spans="1:7" s="4" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A36" s="1"/>
       <c r="B36" s="3"/>
-      <c r="C36" s="23"/>
-[...2 lines deleted...]
-      <c r="F36" s="23"/>
+      <c r="C36" s="19"/>
+      <c r="D36" s="19"/>
+      <c r="E36" s="19"/>
+      <c r="F36" s="19"/>
       <c r="G36" s="1"/>
     </row>
     <row r="37" spans="1:7" s="4" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A37" s="1" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="B37" s="3"/>
-      <c r="C37" s="23"/>
-[...2 lines deleted...]
-      <c r="F37" s="23"/>
+      <c r="C37" s="19"/>
+      <c r="D37" s="19"/>
+      <c r="E37" s="19"/>
+      <c r="F37" s="19"/>
       <c r="G37" s="1"/>
     </row>
     <row r="38" spans="1:7" s="4" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A38" s="1"/>
       <c r="B38" s="3"/>
-      <c r="C38" s="23"/>
-[...2 lines deleted...]
-      <c r="F38" s="23"/>
+      <c r="C38" s="19"/>
+      <c r="D38" s="19"/>
+      <c r="E38" s="19"/>
+      <c r="F38" s="19"/>
       <c r="G38" s="1"/>
     </row>
     <row r="39" spans="1:7" s="4" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A39" s="1" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B39" s="3"/>
-      <c r="C39" s="23"/>
-[...2 lines deleted...]
-      <c r="F39" s="23"/>
+      <c r="C39" s="19"/>
+      <c r="D39" s="19"/>
+      <c r="E39" s="19"/>
+      <c r="F39" s="19"/>
       <c r="G39" s="1"/>
     </row>
     <row r="40" spans="1:7" s="4" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A40" s="1"/>
       <c r="B40" s="3"/>
-      <c r="C40" s="23"/>
-[...2 lines deleted...]
-      <c r="F40" s="23"/>
+      <c r="C40" s="19"/>
+      <c r="D40" s="19"/>
+      <c r="E40" s="19"/>
+      <c r="F40" s="19"/>
       <c r="G40" s="1"/>
     </row>
     <row r="41" spans="1:7" s="4" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A41" s="1" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="B41" s="3"/>
-      <c r="C41" s="23"/>
-[...2 lines deleted...]
-      <c r="F41" s="23"/>
+      <c r="C41" s="19"/>
+      <c r="D41" s="19"/>
+      <c r="E41" s="19"/>
+      <c r="F41" s="19"/>
       <c r="G41" s="1"/>
     </row>
     <row r="42" spans="1:7" s="4" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A42" s="1"/>
       <c r="B42" s="3"/>
-      <c r="C42" s="23"/>
-[...2 lines deleted...]
-      <c r="F42" s="23"/>
+      <c r="C42" s="19"/>
+      <c r="D42" s="19"/>
+      <c r="E42" s="19"/>
+      <c r="F42" s="19"/>
       <c r="G42" s="1"/>
     </row>
     <row r="43" spans="1:7" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.2">
-      <c r="A43" s="8" t="s">
+      <c r="A43" s="24" t="s">
         <v>1</v>
       </c>
+      <c r="B43" s="25"/>
       <c r="C43" s="26"/>
       <c r="D43" s="26"/>
       <c r="E43" s="26"/>
       <c r="F43" s="26"/>
+      <c r="G43" s="25"/>
     </row>
     <row r="44" spans="1:7" s="4" customFormat="1" ht="48.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A44" s="29" t="s">
-[...7 lines deleted...]
-      <c r="G44" s="29"/>
+      <c r="A44" s="32" t="s">
+        <v>35</v>
+      </c>
+      <c r="B44" s="32"/>
+      <c r="C44" s="32"/>
+      <c r="D44" s="32"/>
+      <c r="E44" s="32"/>
+      <c r="F44" s="32"/>
+      <c r="G44" s="32"/>
     </row>
     <row r="45" spans="1:7" s="4" customFormat="1" ht="6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A45" s="10"/>
-[...5 lines deleted...]
-      <c r="G45" s="10"/>
+      <c r="A45" s="27"/>
+      <c r="B45" s="27"/>
+      <c r="C45" s="28"/>
+      <c r="D45" s="28"/>
+      <c r="E45" s="28"/>
+      <c r="F45" s="28"/>
+      <c r="G45" s="27"/>
     </row>
     <row r="46" spans="1:7" customFormat="1" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A46" s="30" t="s">
-[...7 lines deleted...]
-      <c r="G46" s="30"/>
+      <c r="A46" s="33" t="s">
+        <v>36</v>
+      </c>
+      <c r="B46" s="33"/>
+      <c r="C46" s="33"/>
+      <c r="D46" s="33"/>
+      <c r="E46" s="33"/>
+      <c r="F46" s="33"/>
+      <c r="G46" s="33"/>
     </row>
     <row r="47" spans="1:7" s="4" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A47" s="8"/>
+      <c r="A47" s="24"/>
+      <c r="B47" s="25"/>
       <c r="C47" s="26"/>
       <c r="D47" s="26"/>
       <c r="E47" s="26"/>
       <c r="F47" s="26"/>
+      <c r="G47" s="25"/>
     </row>
     <row r="48" spans="1:7" s="4" customFormat="1" ht="34.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A48" s="29" t="s">
-[...7 lines deleted...]
-      <c r="G48" s="29"/>
+      <c r="A48" s="32" t="s">
+        <v>24</v>
+      </c>
+      <c r="B48" s="32"/>
+      <c r="C48" s="32"/>
+      <c r="D48" s="32"/>
+      <c r="E48" s="32"/>
+      <c r="F48" s="32"/>
+      <c r="G48" s="32"/>
     </row>
     <row r="49" spans="1:7" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A49" s="25"/>
+      <c r="B49" s="25"/>
       <c r="C49" s="26"/>
       <c r="D49" s="26"/>
       <c r="E49" s="26"/>
       <c r="F49" s="26"/>
+      <c r="G49" s="25"/>
     </row>
     <row r="50" spans="1:7" s="4" customFormat="1" ht="31.35" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A50" s="29" t="s">
-[...7 lines deleted...]
-      <c r="G50" s="29"/>
+      <c r="A50" s="32" t="s">
+        <v>33</v>
+      </c>
+      <c r="B50" s="32"/>
+      <c r="C50" s="32"/>
+      <c r="D50" s="32"/>
+      <c r="E50" s="32"/>
+      <c r="F50" s="32"/>
+      <c r="G50" s="32"/>
+    </row>
+    <row r="51" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A51" s="29"/>
+      <c r="B51" s="29"/>
+      <c r="C51" s="30"/>
+      <c r="D51" s="30"/>
+      <c r="E51" s="30"/>
+      <c r="F51" s="30"/>
+      <c r="G51" s="31"/>
     </row>
     <row r="52" spans="1:7" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A52" s="31" t="s">
-[...7 lines deleted...]
-      <c r="G52" s="31"/>
+      <c r="A52" s="34" t="s">
+        <v>34</v>
+      </c>
+      <c r="B52" s="34"/>
+      <c r="C52" s="34"/>
+      <c r="D52" s="34"/>
+      <c r="E52" s="34"/>
+      <c r="F52" s="34"/>
+      <c r="G52" s="34"/>
     </row>
     <row r="53" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A53" s="7"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A48:G48"/>
     <mergeCell ref="A44:G44"/>
     <mergeCell ref="A50:G50"/>
     <mergeCell ref="A46:G46"/>
     <mergeCell ref="A52:G52"/>
   </mergeCells>
   <pageMargins left="0.35" right="0.25" top="0.51" bottom="0.31" header="0.23" footer="0.24"/>
   <pageSetup scale="73" firstPageNumber="0" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter xml:space="preserve">&amp;LRevised May 8, 2018&amp;C&amp;"Times New Roman,Regular"&amp;12
 </oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="42" max="16383" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A2:M31"/>
   <sheetViews>
-    <sheetView topLeftCell="A3" workbookViewId="0">
-      <selection activeCell="A3" sqref="A3:A28"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="C3" sqref="C3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="93.28515625" customWidth="1"/>
+    <col min="1" max="1" width="93.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:13" s="14" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="J2" s="13"/>
+    <row r="2" spans="1:13" s="10" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A2" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="I2" s="11"/>
+      <c r="J2" s="11"/>
     </row>
     <row r="3" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A3" s="32"/>
-[...11 lines deleted...]
-      <c r="M3" s="15"/>
+      <c r="A3" s="35"/>
+      <c r="B3" s="12"/>
+      <c r="C3" s="12"/>
+      <c r="D3" s="12"/>
+      <c r="E3" s="12"/>
+      <c r="F3" s="12"/>
+      <c r="G3" s="12"/>
+      <c r="H3" s="12"/>
+      <c r="I3" s="12"/>
+      <c r="J3" s="12"/>
+      <c r="K3" s="12"/>
+      <c r="L3" s="12"/>
+      <c r="M3" s="12"/>
     </row>
     <row r="4" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A4" s="32"/>
-[...11 lines deleted...]
-      <c r="M4" s="15"/>
+      <c r="A4" s="35"/>
+      <c r="B4" s="12"/>
+      <c r="C4" s="12"/>
+      <c r="D4" s="12"/>
+      <c r="E4" s="12"/>
+      <c r="F4" s="12"/>
+      <c r="G4" s="12"/>
+      <c r="H4" s="12"/>
+      <c r="I4" s="12"/>
+      <c r="J4" s="12"/>
+      <c r="K4" s="12"/>
+      <c r="L4" s="12"/>
+      <c r="M4" s="12"/>
     </row>
     <row r="5" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A5" s="32"/>
-[...11 lines deleted...]
-      <c r="M5" s="15"/>
+      <c r="A5" s="35"/>
+      <c r="B5" s="12"/>
+      <c r="C5" s="12"/>
+      <c r="D5" s="12"/>
+      <c r="E5" s="12"/>
+      <c r="F5" s="12"/>
+      <c r="G5" s="12"/>
+      <c r="H5" s="12"/>
+      <c r="I5" s="12"/>
+      <c r="J5" s="12"/>
+      <c r="K5" s="12"/>
+      <c r="L5" s="12"/>
+      <c r="M5" s="12"/>
     </row>
     <row r="6" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A6" s="32"/>
-[...11 lines deleted...]
-      <c r="M6" s="15"/>
+      <c r="A6" s="35"/>
+      <c r="B6" s="12"/>
+      <c r="C6" s="12"/>
+      <c r="D6" s="12"/>
+      <c r="E6" s="12"/>
+      <c r="F6" s="12"/>
+      <c r="G6" s="12"/>
+      <c r="H6" s="12"/>
+      <c r="I6" s="12"/>
+      <c r="J6" s="12"/>
+      <c r="K6" s="12"/>
+      <c r="L6" s="12"/>
+      <c r="M6" s="12"/>
     </row>
     <row r="7" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A7" s="32"/>
-[...11 lines deleted...]
-      <c r="M7" s="15"/>
+      <c r="A7" s="35"/>
+      <c r="B7" s="12"/>
+      <c r="C7" s="12"/>
+      <c r="D7" s="12"/>
+      <c r="E7" s="12"/>
+      <c r="F7" s="12"/>
+      <c r="G7" s="12"/>
+      <c r="H7" s="12"/>
+      <c r="I7" s="12"/>
+      <c r="J7" s="12"/>
+      <c r="K7" s="12"/>
+      <c r="L7" s="12"/>
+      <c r="M7" s="12"/>
     </row>
     <row r="8" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A8" s="32"/>
-[...11 lines deleted...]
-      <c r="M8" s="15"/>
+      <c r="A8" s="35"/>
+      <c r="B8" s="12"/>
+      <c r="C8" s="12"/>
+      <c r="D8" s="12"/>
+      <c r="E8" s="12"/>
+      <c r="F8" s="12"/>
+      <c r="G8" s="12"/>
+      <c r="H8" s="12"/>
+      <c r="I8" s="12"/>
+      <c r="J8" s="12"/>
+      <c r="K8" s="12"/>
+      <c r="L8" s="12"/>
+      <c r="M8" s="12"/>
     </row>
     <row r="9" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A9" s="32"/>
-[...11 lines deleted...]
-      <c r="M9" s="15"/>
+      <c r="A9" s="35"/>
+      <c r="B9" s="12"/>
+      <c r="C9" s="12"/>
+      <c r="D9" s="12"/>
+      <c r="E9" s="12"/>
+      <c r="F9" s="12"/>
+      <c r="G9" s="12"/>
+      <c r="H9" s="12"/>
+      <c r="I9" s="12"/>
+      <c r="J9" s="12"/>
+      <c r="K9" s="12"/>
+      <c r="L9" s="12"/>
+      <c r="M9" s="12"/>
     </row>
     <row r="10" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A10" s="32"/>
-[...11 lines deleted...]
-      <c r="M10" s="15"/>
+      <c r="A10" s="35"/>
+      <c r="B10" s="12"/>
+      <c r="C10" s="12"/>
+      <c r="D10" s="12"/>
+      <c r="E10" s="12"/>
+      <c r="F10" s="12"/>
+      <c r="G10" s="12"/>
+      <c r="H10" s="12"/>
+      <c r="I10" s="12"/>
+      <c r="J10" s="12"/>
+      <c r="K10" s="12"/>
+      <c r="L10" s="12"/>
+      <c r="M10" s="12"/>
     </row>
     <row r="11" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A11" s="32"/>
-[...11 lines deleted...]
-      <c r="M11" s="15"/>
+      <c r="A11" s="35"/>
+      <c r="B11" s="12"/>
+      <c r="C11" s="12"/>
+      <c r="D11" s="12"/>
+      <c r="E11" s="12"/>
+      <c r="F11" s="12"/>
+      <c r="G11" s="12"/>
+      <c r="H11" s="12"/>
+      <c r="I11" s="12"/>
+      <c r="J11" s="12"/>
+      <c r="K11" s="12"/>
+      <c r="L11" s="12"/>
+      <c r="M11" s="12"/>
     </row>
     <row r="12" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A12" s="32"/>
-[...11 lines deleted...]
-      <c r="M12" s="15"/>
+      <c r="A12" s="35"/>
+      <c r="B12" s="12"/>
+      <c r="C12" s="12"/>
+      <c r="D12" s="12"/>
+      <c r="E12" s="12"/>
+      <c r="F12" s="12"/>
+      <c r="G12" s="12"/>
+      <c r="H12" s="12"/>
+      <c r="I12" s="12"/>
+      <c r="J12" s="12"/>
+      <c r="K12" s="12"/>
+      <c r="L12" s="12"/>
+      <c r="M12" s="12"/>
     </row>
     <row r="13" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A13" s="32"/>
-[...11 lines deleted...]
-      <c r="M13" s="15"/>
+      <c r="A13" s="35"/>
+      <c r="B13" s="12"/>
+      <c r="C13" s="12"/>
+      <c r="D13" s="12"/>
+      <c r="E13" s="12"/>
+      <c r="F13" s="12"/>
+      <c r="G13" s="12"/>
+      <c r="H13" s="12"/>
+      <c r="I13" s="12"/>
+      <c r="J13" s="12"/>
+      <c r="K13" s="12"/>
+      <c r="L13" s="12"/>
+      <c r="M13" s="12"/>
     </row>
     <row r="14" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A14" s="32"/>
-[...11 lines deleted...]
-      <c r="M14" s="15"/>
+      <c r="A14" s="35"/>
+      <c r="B14" s="12"/>
+      <c r="C14" s="12"/>
+      <c r="D14" s="12"/>
+      <c r="E14" s="12"/>
+      <c r="F14" s="12"/>
+      <c r="G14" s="12"/>
+      <c r="H14" s="12"/>
+      <c r="I14" s="12"/>
+      <c r="J14" s="12"/>
+      <c r="K14" s="12"/>
+      <c r="L14" s="12"/>
+      <c r="M14" s="12"/>
     </row>
     <row r="15" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A15" s="32"/>
-[...11 lines deleted...]
-      <c r="M15" s="15"/>
+      <c r="A15" s="35"/>
+      <c r="B15" s="12"/>
+      <c r="C15" s="12"/>
+      <c r="D15" s="12"/>
+      <c r="E15" s="12"/>
+      <c r="F15" s="12"/>
+      <c r="G15" s="12"/>
+      <c r="H15" s="12"/>
+      <c r="I15" s="12"/>
+      <c r="J15" s="12"/>
+      <c r="K15" s="12"/>
+      <c r="L15" s="12"/>
+      <c r="M15" s="12"/>
     </row>
     <row r="16" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A16" s="32"/>
-[...11 lines deleted...]
-      <c r="M16" s="15"/>
+      <c r="A16" s="35"/>
+      <c r="B16" s="12"/>
+      <c r="C16" s="12"/>
+      <c r="D16" s="12"/>
+      <c r="E16" s="12"/>
+      <c r="F16" s="12"/>
+      <c r="G16" s="12"/>
+      <c r="H16" s="12"/>
+      <c r="I16" s="12"/>
+      <c r="J16" s="12"/>
+      <c r="K16" s="12"/>
+      <c r="L16" s="12"/>
+      <c r="M16" s="12"/>
     </row>
     <row r="17" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A17" s="32"/>
-[...11 lines deleted...]
-      <c r="M17" s="15"/>
+      <c r="A17" s="35"/>
+      <c r="B17" s="12"/>
+      <c r="C17" s="12"/>
+      <c r="D17" s="12"/>
+      <c r="E17" s="12"/>
+      <c r="F17" s="12"/>
+      <c r="G17" s="12"/>
+      <c r="H17" s="12"/>
+      <c r="I17" s="12"/>
+      <c r="J17" s="12"/>
+      <c r="K17" s="12"/>
+      <c r="L17" s="12"/>
+      <c r="M17" s="12"/>
     </row>
     <row r="18" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A18" s="32"/>
-[...11 lines deleted...]
-      <c r="M18" s="15"/>
+      <c r="A18" s="35"/>
+      <c r="B18" s="12"/>
+      <c r="C18" s="12"/>
+      <c r="D18" s="12"/>
+      <c r="E18" s="12"/>
+      <c r="F18" s="12"/>
+      <c r="G18" s="12"/>
+      <c r="H18" s="12"/>
+      <c r="I18" s="12"/>
+      <c r="J18" s="12"/>
+      <c r="K18" s="12"/>
+      <c r="L18" s="12"/>
+      <c r="M18" s="12"/>
     </row>
     <row r="19" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A19" s="32"/>
-[...11 lines deleted...]
-      <c r="M19" s="15"/>
+      <c r="A19" s="35"/>
+      <c r="B19" s="12"/>
+      <c r="C19" s="12"/>
+      <c r="D19" s="12"/>
+      <c r="E19" s="12"/>
+      <c r="F19" s="12"/>
+      <c r="G19" s="12"/>
+      <c r="H19" s="12"/>
+      <c r="I19" s="12"/>
+      <c r="J19" s="12"/>
+      <c r="K19" s="12"/>
+      <c r="L19" s="12"/>
+      <c r="M19" s="12"/>
     </row>
     <row r="20" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A20" s="32"/>
-[...11 lines deleted...]
-      <c r="M20" s="15"/>
+      <c r="A20" s="35"/>
+      <c r="B20" s="12"/>
+      <c r="C20" s="12"/>
+      <c r="D20" s="12"/>
+      <c r="E20" s="12"/>
+      <c r="F20" s="12"/>
+      <c r="G20" s="12"/>
+      <c r="H20" s="12"/>
+      <c r="I20" s="12"/>
+      <c r="J20" s="12"/>
+      <c r="K20" s="12"/>
+      <c r="L20" s="12"/>
+      <c r="M20" s="12"/>
     </row>
     <row r="21" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A21" s="32"/>
-[...11 lines deleted...]
-      <c r="M21" s="15"/>
+      <c r="A21" s="35"/>
+      <c r="B21" s="12"/>
+      <c r="C21" s="12"/>
+      <c r="D21" s="12"/>
+      <c r="E21" s="12"/>
+      <c r="F21" s="12"/>
+      <c r="G21" s="12"/>
+      <c r="H21" s="12"/>
+      <c r="I21" s="12"/>
+      <c r="J21" s="12"/>
+      <c r="K21" s="12"/>
+      <c r="L21" s="12"/>
+      <c r="M21" s="12"/>
     </row>
     <row r="22" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A22" s="32"/>
-[...11 lines deleted...]
-      <c r="M22" s="15"/>
+      <c r="A22" s="35"/>
+      <c r="B22" s="12"/>
+      <c r="C22" s="12"/>
+      <c r="D22" s="12"/>
+      <c r="E22" s="12"/>
+      <c r="F22" s="12"/>
+      <c r="G22" s="12"/>
+      <c r="H22" s="12"/>
+      <c r="I22" s="12"/>
+      <c r="J22" s="12"/>
+      <c r="K22" s="12"/>
+      <c r="L22" s="12"/>
+      <c r="M22" s="12"/>
     </row>
     <row r="23" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A23" s="32"/>
-[...11 lines deleted...]
-      <c r="M23" s="15"/>
+      <c r="A23" s="35"/>
+      <c r="B23" s="12"/>
+      <c r="C23" s="12"/>
+      <c r="D23" s="12"/>
+      <c r="E23" s="12"/>
+      <c r="F23" s="12"/>
+      <c r="G23" s="12"/>
+      <c r="H23" s="12"/>
+      <c r="I23" s="12"/>
+      <c r="J23" s="12"/>
+      <c r="K23" s="12"/>
+      <c r="L23" s="12"/>
+      <c r="M23" s="12"/>
     </row>
     <row r="24" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A24" s="32"/>
-[...11 lines deleted...]
-      <c r="M24" s="15"/>
+      <c r="A24" s="35"/>
+      <c r="B24" s="12"/>
+      <c r="C24" s="12"/>
+      <c r="D24" s="12"/>
+      <c r="E24" s="12"/>
+      <c r="F24" s="12"/>
+      <c r="G24" s="12"/>
+      <c r="H24" s="12"/>
+      <c r="I24" s="12"/>
+      <c r="J24" s="12"/>
+      <c r="K24" s="12"/>
+      <c r="L24" s="12"/>
+      <c r="M24" s="12"/>
     </row>
     <row r="25" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A25" s="32"/>
-[...11 lines deleted...]
-      <c r="M25" s="15"/>
+      <c r="A25" s="35"/>
+      <c r="B25" s="12"/>
+      <c r="C25" s="12"/>
+      <c r="D25" s="12"/>
+      <c r="E25" s="12"/>
+      <c r="F25" s="12"/>
+      <c r="G25" s="12"/>
+      <c r="H25" s="12"/>
+      <c r="I25" s="12"/>
+      <c r="J25" s="12"/>
+      <c r="K25" s="12"/>
+      <c r="L25" s="12"/>
+      <c r="M25" s="12"/>
     </row>
     <row r="26" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A26" s="32"/>
-[...11 lines deleted...]
-      <c r="M26" s="15"/>
+      <c r="A26" s="35"/>
+      <c r="B26" s="12"/>
+      <c r="C26" s="12"/>
+      <c r="D26" s="12"/>
+      <c r="E26" s="12"/>
+      <c r="F26" s="12"/>
+      <c r="G26" s="12"/>
+      <c r="H26" s="12"/>
+      <c r="I26" s="12"/>
+      <c r="J26" s="12"/>
+      <c r="K26" s="12"/>
+      <c r="L26" s="12"/>
+      <c r="M26" s="12"/>
     </row>
     <row r="27" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A27" s="32"/>
-[...11 lines deleted...]
-      <c r="M27" s="15"/>
+      <c r="A27" s="35"/>
+      <c r="B27" s="12"/>
+      <c r="C27" s="12"/>
+      <c r="D27" s="12"/>
+      <c r="E27" s="12"/>
+      <c r="F27" s="12"/>
+      <c r="G27" s="12"/>
+      <c r="H27" s="12"/>
+      <c r="I27" s="12"/>
+      <c r="J27" s="12"/>
+      <c r="K27" s="12"/>
+      <c r="L27" s="12"/>
+      <c r="M27" s="12"/>
     </row>
     <row r="28" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A28" s="32"/>
-[...11 lines deleted...]
-      <c r="M28" s="15"/>
+      <c r="A28" s="35"/>
+      <c r="B28" s="12"/>
+      <c r="C28" s="12"/>
+      <c r="D28" s="12"/>
+      <c r="E28" s="12"/>
+      <c r="F28" s="12"/>
+      <c r="G28" s="12"/>
+      <c r="H28" s="12"/>
+      <c r="I28" s="12"/>
+      <c r="J28" s="12"/>
+      <c r="K28" s="12"/>
+      <c r="L28" s="12"/>
+      <c r="M28" s="12"/>
     </row>
     <row r="29" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A29" s="17"/>
-[...11 lines deleted...]
-      <c r="M29" s="15"/>
+      <c r="A29" s="14"/>
+      <c r="B29" s="12"/>
+      <c r="C29" s="12"/>
+      <c r="D29" s="12"/>
+      <c r="E29" s="12"/>
+      <c r="F29" s="12"/>
+      <c r="G29" s="12"/>
+      <c r="H29" s="12"/>
+      <c r="I29" s="12"/>
+      <c r="J29" s="12"/>
+      <c r="K29" s="12"/>
+      <c r="L29" s="12"/>
+      <c r="M29" s="12"/>
     </row>
     <row r="30" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A30" s="15"/>
-[...11 lines deleted...]
-      <c r="M30" s="15"/>
+      <c r="A30" s="12"/>
+      <c r="B30" s="12"/>
+      <c r="C30" s="12"/>
+      <c r="D30" s="12"/>
+      <c r="E30" s="12"/>
+      <c r="F30" s="12"/>
+      <c r="G30" s="12"/>
+      <c r="H30" s="12"/>
+      <c r="I30" s="12"/>
+      <c r="J30" s="12"/>
+      <c r="K30" s="12"/>
+      <c r="L30" s="12"/>
+      <c r="M30" s="12"/>
     </row>
     <row r="31" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A31" s="15"/>
-[...11 lines deleted...]
-      <c r="M31" s="15"/>
+      <c r="A31" s="12"/>
+      <c r="B31" s="12"/>
+      <c r="C31" s="12"/>
+      <c r="D31" s="12"/>
+      <c r="E31" s="12"/>
+      <c r="F31" s="12"/>
+      <c r="G31" s="12"/>
+      <c r="H31" s="12"/>
+      <c r="I31" s="12"/>
+      <c r="J31" s="12"/>
+      <c r="K31" s="12"/>
+      <c r="L31" s="12"/>
+      <c r="M31" s="12"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A3:A28"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="0" verticalDpi="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>